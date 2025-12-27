--- v0 (2025-10-21)
+++ v1 (2025-12-27)
@@ -23,67 +23,156 @@
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="74D485C4" w14:textId="18FC022A" w:rsidR="001227B4" w:rsidRDefault="001C379B" w:rsidP="001227B4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t>Supplier Code of Conduct</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1081AEEF" w14:textId="152D718F" w:rsidR="001C379B" w:rsidRPr="00802F08" w:rsidRDefault="001C379B" w:rsidP="001C379B">
+    <w:p w14:paraId="36377C98" w14:textId="5B53B3C2" w:rsidR="00E10929" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00802F08">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:kern w:val="20"/>
         </w:rPr>
-        <w:t>For the purposes of this Code, the ‘Organisation’ means Melbourne Water Corporation ABN 81 945 386 953.</w:t>
+        <w:t>For the purposes of this Code</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10929">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1081AEEF" w14:textId="3523FFD4" w:rsidR="001C379B" w:rsidRDefault="001C379B" w:rsidP="001C379B">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t>‘Organisation’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00802F08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means Melbourne Water Corporation ABN 81 945 386 953.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE97C16" w14:textId="5BC5A968" w:rsidR="00E10929" w:rsidRPr="00802F08" w:rsidRDefault="00E10929" w:rsidP="001C379B">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4DAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t>‘Supplier Code of Conduct’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00E10929">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bCs/>
+            <w:kern w:val="20"/>
+          </w:rPr>
+          <w:t>Victorian Government Supplier Code of Conduct</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as published on the Buying for Victoria website from time to time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A20C95C" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="20"/>
         </w:rPr>
         <w:t>1 Supplier Code of Conduct Obligations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D9B3A7" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:spacing w:before="160" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -287,51 +376,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:cs/>
         </w:rPr>
         <w:t>‎</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(i)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1603">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1603">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -800,71 +905,71 @@
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>interviews of any person or research into any activity that is or might reasonably be expected to be the subject of criminal or other regulatory investigation; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C51D79" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>if the Organisation requests in writing that the Supplier or a third party nominated by the Organisation must carry out the Code Investigation, the Supplier must carry out, or have carried out as requested, the investigation and provide a full report to the Organisation; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322CF6F9" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>the Supplier must procure all relevant consent from people who will be the subject of a Code Investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020B73EB" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:spacing w:before="160" w:after="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Ref183005069"/>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>1.3 Notice –</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:kern w:val="20"/>
         </w:rPr>
@@ -1110,51 +1215,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:cs/>
         </w:rPr>
         <w:t>‎</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(i)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F1603">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F1603">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, the Organisation and the Supplier must meet within 5 Business Days and use reasonable endeavours to agree a course of action that will be taken by the Supplier to remedy the Compliance Event (including timing) and to ensure that it does not reoccur; and</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="6DCBD7ED" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
@@ -1512,58 +1633,50 @@
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">The Supplier will comply with its obligations under this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Clause 1</w:t>
       </w:r>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> at its cost and without any additional charge to the Organisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49129ED8" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6A64923E" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F4B4332" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="755D9380" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21F09A80" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
@@ -1590,197 +1703,198 @@
     <w:p w14:paraId="61295413" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="098B3EFD" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This work is licensed under a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="002F1603">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Creative Commons Attribution 4.0 licence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>. You are free to re-use the work under that licence, on the condition that you credit the State of Victoria as author. The licence does not apply to any images, photographs or branding, including the Victorian Coat of Arms, the Victorian Government logo and the Department of Treasury and Finance logo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFC1A78" w14:textId="77777777" w:rsidR="001C379B" w:rsidRPr="002F1603" w:rsidRDefault="001C379B" w:rsidP="001C379B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="660B68"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F1603">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Copyright queries may be directed to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="002F1603">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>IPpolicy@dgs.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="012148AC" w14:textId="77777777" w:rsidR="00B01F18" w:rsidRDefault="00B01F18" w:rsidP="00B01F18">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B01F18" w:rsidSect="001D1DD7">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A014116" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B" w:rsidP="00256624">
+    <w:p w14:paraId="289D09B4" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB" w:rsidP="00256624">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D2AD138" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B"/>
+    <w:p w14:paraId="2B8A01FA" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38F9321F" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B" w:rsidP="00256624">
+    <w:p w14:paraId="447948AC" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB" w:rsidP="00256624">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0498C4" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B"/>
+    <w:p w14:paraId="7BE5C087" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Circular Std Book">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000E47B" w:usb2="00000008" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="VIC">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
@@ -1811,50 +1925,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38BE90E0" w14:textId="77777777" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="FooterLine"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01C8BEAA" w14:textId="2D79509D" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="FooterRight"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Doc ID: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="DocID"/>
         <w:id w:val="-1153447383"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:fldSimple w:instr=" DOCPROPERTY  DocID  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:t>InfloDocID</w:t>
           </w:r>
         </w:fldSimple>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="0D4738B5" w14:textId="77777777" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="FooterRight"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
@@ -1866,251 +1981,257 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES \* MERGEFORMAT ">
       <w:r w:rsidR="002E67A7">
         <w:t>1</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
   <w:p w14:paraId="00572D09" w14:textId="607C85B0" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="FooterRight"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Version: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Version"/>
         <w:id w:val="872356396"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> IF  </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Version  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>1</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:instrText xml:space="preserve"> &lt;&gt; "Error*" </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Version  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>1</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00044770">
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="2B675BFF" w14:textId="771E3733" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="FooterRight"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Date: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Date"/>
         <w:id w:val="-47539458"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> IF  </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable DateShort  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>03/2025</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:instrText xml:space="preserve"> &lt;&gt; "Error*" </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable DateShort  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>03/2025</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00044770">
           <w:t>03/2025</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="374116E4" w14:textId="4F666449" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Doc Name: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="DocName"/>
         <w:id w:val="852697367"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:fldSimple w:instr=" DOCPROPERTY  DocName  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:t>PROC FOR Melbourne Water Supplier Code of Conduct</w:t>
           </w:r>
         </w:fldSimple>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="5717EE2C" w14:textId="3C94D559" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Author: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Author"/>
         <w:id w:val="-1679575043"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> IF  </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Author  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>Procurement Compliance Manager</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:instrText xml:space="preserve"> &lt;&gt; "Error*" </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Author  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>Procurement Compliance Manager</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00044770">
           <w:t>Procurement Compliance Manager</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="4C18FF20" w14:textId="1740680F" w:rsidR="001227B4" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Approver: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Approver"/>
         <w:id w:val="-174351012"/>
         <w:lock w:val="sdtContentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> IF  </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Approver  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>Senior Manager, Procurement</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:instrText xml:space="preserve"> &lt;&gt; "Error*" </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Approver  \* MERGEFORMAT ">
           <w:r w:rsidR="00044770">
             <w:instrText>Senior Manager, Procurement</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00044770">
           <w:t>Senior Manager, Procurement</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="7600531A" w14:textId="557074F6" w:rsidR="003C01DA" w:rsidRDefault="00000000" w:rsidP="003C01DA">
+  <w:p w14:paraId="7600531A" w14:textId="4CC5126B" w:rsidR="003C01DA" w:rsidRDefault="005E4DAF" w:rsidP="003C01DA">
     <w:pPr>
       <w:pStyle w:val="FooterRed"/>
       <w:framePr w:wrap="around"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Sensitivity"/>
         <w:id w:val="-1405670809"/>
         <w:lock w:val="contentLocked"/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="003C01DA">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003C01DA">
           <w:instrText xml:space="preserve"> IF  </w:instrText>
         </w:r>
         <w:r w:rsidR="003C01DA">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="003C01DA">
           <w:instrText xml:space="preserve"> DocVariable Sensitivity \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="003C01DA">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00044770">
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:instrText>Error! No document variable supplied.</w:instrText>
         </w:r>
         <w:r w:rsidR="003C01DA">
@@ -2119,50 +2240,55 @@
         <w:r w:rsidR="003C01DA">
           <w:instrText xml:space="preserve"> &lt;&gt; "Error*" </w:instrText>
         </w:r>
         <w:fldSimple w:instr=" DocVariable Sensitivity  \* MERGEFORMAT ">
           <w:r w:rsidR="003C01DA">
             <w:instrText>OFFICIAL</w:instrText>
           </w:r>
         </w:fldSimple>
         <w:r w:rsidR="003C01DA">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:bookmarkStart w:id="14" w:name="FooterCCStart" w:displacedByCustomXml="next"/>
   <w:bookmarkEnd w:id="14" w:displacedByCustomXml="next"/>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="FooterBold"/>
       </w:rPr>
       <w:alias w:val="Controlled"/>
       <w:id w:val="1454062948"/>
       <w:lock w:val="sdtContentLocked"/>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="FooterBold"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0580FC8B" w14:textId="77777777" w:rsidR="001227B4" w:rsidRPr="001D1DD7" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="FooterBold"/>
           </w:rPr>
           <w:t>Document uncontrolled if printed</w:t>
         </w:r>
       </w:p>
       <w:bookmarkStart w:id="15" w:name="FooterCCEnd" w:displacedByCustomXml="next"/>
       <w:bookmarkEnd w:id="15" w:displacedByCustomXml="next"/>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="FooterTablePlaceholder"/>
       <w:tblW w:w="0" w:type="auto"/>
@@ -2214,51 +2340,51 @@
                         <pic:cNvPr id="0" name="Victoria-Logo.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="762635" cy="427990"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:extLst>
                           <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                            <ma14:placeholderFlag xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                            <ma14:placeholderFlag xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main"/>
                           </a:ext>
                         </a:extLst>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5811" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="2C1341AC" w14:textId="77777777" w:rsidR="001227B4" w:rsidRPr="00C07135" w:rsidRDefault="001227B4" w:rsidP="00673FD1">
           <w:pPr>
             <w:pStyle w:val="FooterMW"/>
           </w:pPr>
           <w:r w:rsidRPr="004C0DD8">
             <w:t>Melbourne Water makes a vital contribution to the famous Melbourne lifestyle through the supply of high-quality water, reliable sewerage services, integrated drainage and flood management services and by enhancing our waterways and land for greater community use.</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
@@ -2360,64 +2486,64 @@
     <w:r>
       <w:instrText xml:space="preserve"> &lt;&gt; "Error*" "</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> DOCVARIABLE Status </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">" "" </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26B8D46E" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B" w:rsidP="00256624">
+    <w:p w14:paraId="7914E4EF" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB" w:rsidP="00256624">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBA53F5" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B"/>
+    <w:p w14:paraId="319F99F0" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16F0245D" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B" w:rsidP="00256624">
+    <w:p w14:paraId="2B89F26D" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB" w:rsidP="00256624">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AFB4CB" w14:textId="77777777" w:rsidR="00AB758B" w:rsidRDefault="00AB758B"/>
+    <w:p w14:paraId="6625F89E" w14:textId="77777777" w:rsidR="00F16FDB" w:rsidRDefault="00F16FDB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09513314" w14:textId="737EF8D5" w:rsidR="001C379B" w:rsidRDefault="001C379B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="691CEA7A" wp14:editId="25097AD8">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>top</wp:align>
               </wp:positionV>
@@ -2471,50 +2597,51 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="691CEA7A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:50.65pt;height:32.1pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGjOGnCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkTboZcYqsRYYB&#10;QVsgHXpWZCk2IImCpMTOfv0o2U62bqdhF5kiaX6897S867QiJ+F8A6ak00lOiTAcqsYcSvr9ZfPh&#10;EyU+MFMxBUaU9Cw8vVu9f7dsbSFmUIOqhCNYxPiitSWtQ7BFlnleC838BKwwGJTgNAt4dYescqzF&#10;6lplszxfZC24yjrgwnv0PvRBukr1pRQ8PEnpRSCqpDhbSKdL5z6e2WrJioNjtm74MAb7hyk0aww2&#10;vZR6YIGRo2v+KKUb7sCDDBMOOgMpGy7SDrjNNH+zza5mVqRdEBxvLzD5/1eWP5529tmR0H2BDgmM&#10;gLTWFx6dcZ9OOh2/OCnBOEJ4vsAmukA4Ohc3H2fzOSUcQzf57eI2wZpdf7bOh68CNIlGSR2yksBi&#10;p60P2BBTx5TYy8CmUSoxo8xvDkyMnuw6YbRCt++GsfdQnXEbBz3R3vJNgz23zIdn5pBZXADVGp7w&#10;kAraksJgUVKD+/E3f8xHwDFKSYtKKalBKVOivhkkIooqGdPP+TzHmxvd+9EwR30PqL8pPgXLkxnz&#10;ghpN6UC/oo7XsRGGmOHYrqRhNO9DL1l8B1ys1ykJ9WNZ2Jqd5bF0xCmC+NK9MmcHpANS9AijjFjx&#10;BvA+N/7p7foYEPbERsS0B3KAGrWXSBreSRT3r/eUdX3Nq58AAAD//wMAUEsDBBQABgAIAAAAIQBu&#10;d39U2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqONCKxSyqSqkHnor&#10;pXB24yUJxLtR7LahX4/LBS4rjWY087ZYjL5TRxpCK4xgJhko4kpcyzXC7nV19wgqRMvOdsKE8E0B&#10;FuX1VWFzJyd+oeM21iqVcMgtQhNjn2sdqoa8DRPpiZP3IYO3Mcmh1m6wp1TuOz3Nsrn2tuW00Nie&#10;nhuqvrYHj9DOlhINva1Xn+/eiDlv1rPzBvH2Zlw+gYo0xr8wXPATOpSJaS8HdkF1COmR+HsvXmbu&#10;Qe0R5g9T0GWh/8OXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDGjOGnCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBud39U2gAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="2D7CC196" w14:textId="261B59BB" w:rsidR="001C379B" w:rsidRPr="001C379B" w:rsidRDefault="001C379B" w:rsidP="001C379B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C379B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -2599,50 +2726,51 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="13189C2A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:50.65pt;height:32.1pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAr8MXzDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkTdoZcYqsRYYB&#10;RVsgHXpWZDk2IImCxMTOfv0oJU66bqdhF5kiaX689zS/7Y1me+VDC7bk41HOmbISqtZuS/7jZfXp&#10;hrOAwlZCg1UlP6jAbxcfP8w7V6gJNKAr5RkVsaHoXMkbRFdkWZCNMiKMwClLwRq8EUhXv80qLzqq&#10;bnQ2yfNZ1oGvnAepQiDv/THIF6l+XSuJT3UdFDJdcpoN0+nTuYlntpiLYuuFa1p5GkP8wxRGtJaa&#10;nkvdCxRs59s/SplWeghQ40iCyaCuW6nSDrTNOH+3zboRTqVdCJzgzjCF/1dWPu7X7tkz7L9CTwRG&#10;QDoXikDOuE9fexO/NCmjOEF4OMOmemSSnLOrz5PplDNJoav8enadYM0uPzsf8JsCw6JRck+sJLDE&#10;/iEgNaTUISX2srBqtU7MaPubgxKjJ7tMGC3sNz1rqzfTb6A60FIejnwHJ1cttX4QAZ+FJ4JpDxIt&#10;PtFRa+hKDieLswb8z7/5Yz7hTlHOOhJMyS0pmjP93RIfUVvJGH/Jpznd/ODeDIbdmTsgGY7pRTiZ&#10;zJiHejBrD+aV5LyMjSgkrKR2JcfBvMOjcuk5SLVcpiSSkRP4YNdOxtIRrojlS/8qvDsBjsTUIwxq&#10;EsU73I+58c/gljsk9BMpEdojkCfESYKJq9NziRp/e09Zl0e9+AUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AG53f1TaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo40IrFLKpKqQe&#10;eiulcHbjJQnEu1HstqFfj8sFLiuNZjTztliMvlNHGkIrjGAmGSjiSlzLNcLudXX3CCpEy852woTw&#10;TQEW5fVVYXMnJ36h4zbWKpVwyC1CE2Ofax2qhrwNE+mJk/chg7cxyaHWbrCnVO47Pc2yufa25bTQ&#10;2J6eG6q+tgeP0M6WEg29rVef796IOW/Ws/MG8fZmXD6BijTGvzBc8BM6lIlpLwd2QXUI6ZH4ey9e&#10;Zu5B7RHmD1PQZaH/w5c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACvwxfMNAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG53f1TaAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="77445E49" w14:textId="14E20A70" w:rsidR="001C379B" w:rsidRPr="001C379B" w:rsidRDefault="001C379B" w:rsidP="001C379B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C379B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -2688,74 +2816,76 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1980000" cy="424800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:alias w:val="Title"/>
       <w:id w:val="-532651687"/>
       <w:lock w:val="sdtLocked"/>
       <w:dataBinding w:xpath="/ns1:coreProperties[1]/ns0:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
       <w:text/>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="30E167D0" w14:textId="47F53DCB" w:rsidR="001227B4" w:rsidRDefault="001C379B" w:rsidP="001D1DD7">
         <w:pPr>
           <w:pStyle w:val="Headertitle"/>
         </w:pPr>
         <w:r>
           <w:t>Melbourne Water Supplier Code of Conduct</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:sdt>
     <w:sdtPr>
       <w:alias w:val="Document Type"/>
       <w:tag w:val="Document Type"/>
       <w:id w:val="-276558829"/>
       <w:lock w:val="sdtLocked"/>
       <w:dataBinding w:xpath="/ns1:coreProperties[1]/ns1:category[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
       <w:dropDownList w:lastValue="Form">
         <w:listItem w:displayText="Checklist" w:value="Checklist"/>
         <w:listItem w:displayText="Form" w:value="Form"/>
         <w:listItem w:displayText="Quick Reference Guide" w:value="Quick Reference Guide"/>
       </w:dropDownList>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="52587665" w14:textId="130627B8" w:rsidR="001227B4" w:rsidRDefault="00044770" w:rsidP="001D1DD7">
         <w:pPr>
           <w:pStyle w:val="Header"/>
         </w:pPr>
         <w:r>
           <w:t>Form</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="26C2E6BF" w14:textId="77777777" w:rsidR="001227B4" w:rsidRPr="001D1DD7" w:rsidRDefault="001227B4" w:rsidP="001D1DD7">
     <w:pPr>
       <w:pStyle w:val="HeaderLine"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F351AB7" w14:textId="1F9B5B01" w:rsidR="001C379B" w:rsidRDefault="001C379B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
@@ -2824,50 +2954,51 @@
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="25FEFF2B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:50.65pt;height:32.1pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcMRK1DwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8Lwl0YduIsKK7oqqE&#10;dldiqz0bxyaRHI9lDyT013dsCLTbnqpenPHMZD7ee57f9a1hB+VDA7bk41HOmbISqsbuSv79ZfXh&#10;E2cBha2EAatKflSB3y3ev5t3rlATqMFUyjMqYkPRuZLXiK7IsiBr1YowAqcsBTX4ViBd/S6rvOio&#10;emuySZ7Psg585TxIFQJ5H05Bvkj1tVYSn7QOCpkpOc2G6fTp3MYzW8xFsfPC1Y08jyH+YYpWNJaa&#10;Xko9CBRs75s/SrWN9BBA40hCm4HWjVRpB9pmnL/ZZlMLp9IuBE5wF5jC/ysrHw8b9+wZ9l+gJwIj&#10;IJ0LRSBn3KfXvo1fmpRRnCA8XmBTPTJJztnNx8l0ypmk0E1+O7tNsGbXn50P+FVBy6JRck+sJLDE&#10;YR2QGlLqkBJ7WVg1xiRmjP3NQYnRk10njBb22541Vcknw/RbqI60lIcT38HJVUOt1yLgs/BEMO1B&#10;osUnOrSBruRwtjirwf/4mz/mE+4U5awjwZTckqI5M98s8RG1lYzx53ya080P7u1g2H17DyTDMb0I&#10;J5MZ89AMpvbQvpKcl7ERhYSV1K7kOJj3eFIuPQeplsuURDJyAtd242QsHeGKWL70r8K7M+BITD3C&#10;oCZRvMH9lBv/DG65R0I/kRKhPQF5RpwkmLg6P5eo8V/vKev6qBc/AQAA//8DAFBLAwQUAAYACAAA&#10;ACEAbnd/VNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjjQisUsqkq&#10;pB56K6VwduMlCcS7Uey2oV+PywUuK41mNPO2WIy+U0caQiuMYCYZKOJKXMs1wu51dfcIKkTLznbC&#10;hPBNARbl9VVhcycnfqHjNtYqlXDILUITY59rHaqGvA0T6YmT9yGDtzHJodZusKdU7js9zbK59rbl&#10;tNDYnp4bqr62B4/QzpYSDb2tV5/v3og5b9az8wbx9mZcPoGKNMa/MFzwEzqUiWkvB3ZBdQjpkfh7&#10;L15m7kHtEeYPU9Blof/Dlz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnDEStQ8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbnd/VNoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="0E1A1C3A" w14:textId="1AB99B30" w:rsidR="001C379B" w:rsidRPr="001C379B" w:rsidRDefault="001C379B" w:rsidP="001C379B">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C379B">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="FF0000"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
@@ -6726,52 +6857,53 @@
   </w:num>
   <w:num w:numId="41" w16cid:durableId="879636249">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="729881598">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="232858746">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="2052610095">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="882787475">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1929382006">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3C01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7530,51 +7662,50 @@
     <w:rsid w:val="00532E3B"/>
     <w:rsid w:val="00533943"/>
     <w:rsid w:val="0053703D"/>
     <w:rsid w:val="005420FD"/>
     <w:rsid w:val="00542301"/>
     <w:rsid w:val="005423F5"/>
     <w:rsid w:val="00542CE9"/>
     <w:rsid w:val="00542FAD"/>
     <w:rsid w:val="005439D3"/>
     <w:rsid w:val="005446C3"/>
     <w:rsid w:val="00544B85"/>
     <w:rsid w:val="00544D97"/>
     <w:rsid w:val="00550184"/>
     <w:rsid w:val="005503BF"/>
     <w:rsid w:val="005516A4"/>
     <w:rsid w:val="005542F9"/>
     <w:rsid w:val="00554A12"/>
     <w:rsid w:val="00554DA2"/>
     <w:rsid w:val="00554E03"/>
     <w:rsid w:val="00556635"/>
     <w:rsid w:val="0055791F"/>
     <w:rsid w:val="00557E77"/>
     <w:rsid w:val="005606E6"/>
     <w:rsid w:val="00560B95"/>
     <w:rsid w:val="00563EBF"/>
-    <w:rsid w:val="00564F4E"/>
     <w:rsid w:val="00565168"/>
     <w:rsid w:val="00565EDC"/>
     <w:rsid w:val="005664B7"/>
     <w:rsid w:val="00566E04"/>
     <w:rsid w:val="00567355"/>
     <w:rsid w:val="00570551"/>
     <w:rsid w:val="005714FA"/>
     <w:rsid w:val="00573E71"/>
     <w:rsid w:val="00574042"/>
     <w:rsid w:val="005768D8"/>
     <w:rsid w:val="00576965"/>
     <w:rsid w:val="005808C1"/>
     <w:rsid w:val="00582406"/>
     <w:rsid w:val="00582B69"/>
     <w:rsid w:val="00584ECE"/>
     <w:rsid w:val="00585BB9"/>
     <w:rsid w:val="005900F3"/>
     <w:rsid w:val="005916FB"/>
     <w:rsid w:val="00593334"/>
     <w:rsid w:val="0059378B"/>
     <w:rsid w:val="00593EF8"/>
     <w:rsid w:val="00595CF8"/>
     <w:rsid w:val="005A09FD"/>
     <w:rsid w:val="005A16A6"/>
     <w:rsid w:val="005A2054"/>
@@ -7585,50 +7716,51 @@
     <w:rsid w:val="005A54FF"/>
     <w:rsid w:val="005A5884"/>
     <w:rsid w:val="005B0680"/>
     <w:rsid w:val="005B2156"/>
     <w:rsid w:val="005B2F1B"/>
     <w:rsid w:val="005B3822"/>
     <w:rsid w:val="005B3ABD"/>
     <w:rsid w:val="005B5DA0"/>
     <w:rsid w:val="005B6B22"/>
     <w:rsid w:val="005C03C9"/>
     <w:rsid w:val="005C0D89"/>
     <w:rsid w:val="005C0DAF"/>
     <w:rsid w:val="005C1E38"/>
     <w:rsid w:val="005C29DC"/>
     <w:rsid w:val="005C3AFE"/>
     <w:rsid w:val="005C3EF5"/>
     <w:rsid w:val="005D0994"/>
     <w:rsid w:val="005D21B8"/>
     <w:rsid w:val="005D2351"/>
     <w:rsid w:val="005D3BC3"/>
     <w:rsid w:val="005D5444"/>
     <w:rsid w:val="005D54F3"/>
     <w:rsid w:val="005D617F"/>
     <w:rsid w:val="005D7D28"/>
     <w:rsid w:val="005E4088"/>
+    <w:rsid w:val="005E4DAF"/>
     <w:rsid w:val="005E5527"/>
     <w:rsid w:val="005E69D4"/>
     <w:rsid w:val="005E6D5E"/>
     <w:rsid w:val="005F0414"/>
     <w:rsid w:val="005F277D"/>
     <w:rsid w:val="005F2FD2"/>
     <w:rsid w:val="005F3BFD"/>
     <w:rsid w:val="005F4F22"/>
     <w:rsid w:val="005F4F76"/>
     <w:rsid w:val="005F5532"/>
     <w:rsid w:val="00600F27"/>
     <w:rsid w:val="00601B3A"/>
     <w:rsid w:val="00602276"/>
     <w:rsid w:val="006036E1"/>
     <w:rsid w:val="006039DD"/>
     <w:rsid w:val="00603CE8"/>
     <w:rsid w:val="00604B4C"/>
     <w:rsid w:val="00605ECF"/>
     <w:rsid w:val="00607178"/>
     <w:rsid w:val="00610636"/>
     <w:rsid w:val="006115F5"/>
     <w:rsid w:val="00611C15"/>
     <w:rsid w:val="00612169"/>
     <w:rsid w:val="006125E6"/>
     <w:rsid w:val="00612B53"/>
@@ -7870,50 +8002,51 @@
     <w:rsid w:val="007B647C"/>
     <w:rsid w:val="007B6990"/>
     <w:rsid w:val="007B71B3"/>
     <w:rsid w:val="007B724E"/>
     <w:rsid w:val="007C0D10"/>
     <w:rsid w:val="007C22E7"/>
     <w:rsid w:val="007C245C"/>
     <w:rsid w:val="007C42C1"/>
     <w:rsid w:val="007C5053"/>
     <w:rsid w:val="007C6961"/>
     <w:rsid w:val="007C6D10"/>
     <w:rsid w:val="007D1670"/>
     <w:rsid w:val="007D1CAA"/>
     <w:rsid w:val="007D4BFF"/>
     <w:rsid w:val="007D590A"/>
     <w:rsid w:val="007D59C9"/>
     <w:rsid w:val="007D59F2"/>
     <w:rsid w:val="007D5F4C"/>
     <w:rsid w:val="007D6B92"/>
     <w:rsid w:val="007D6C11"/>
     <w:rsid w:val="007D7030"/>
     <w:rsid w:val="007E0CF1"/>
     <w:rsid w:val="007E16E5"/>
     <w:rsid w:val="007E3CEC"/>
     <w:rsid w:val="007E5F61"/>
+    <w:rsid w:val="007E7F1D"/>
     <w:rsid w:val="007F0D6C"/>
     <w:rsid w:val="007F1526"/>
     <w:rsid w:val="007F17D1"/>
     <w:rsid w:val="007F1988"/>
     <w:rsid w:val="007F1A74"/>
     <w:rsid w:val="007F2921"/>
     <w:rsid w:val="007F2AD9"/>
     <w:rsid w:val="007F360E"/>
     <w:rsid w:val="007F400F"/>
     <w:rsid w:val="007F5FFA"/>
     <w:rsid w:val="007F62CF"/>
     <w:rsid w:val="007F7562"/>
     <w:rsid w:val="00801064"/>
     <w:rsid w:val="008014D2"/>
     <w:rsid w:val="00801DBE"/>
     <w:rsid w:val="00803778"/>
     <w:rsid w:val="008053D4"/>
     <w:rsid w:val="008053DE"/>
     <w:rsid w:val="00805BCE"/>
     <w:rsid w:val="0080665B"/>
     <w:rsid w:val="00806C92"/>
     <w:rsid w:val="008078A9"/>
     <w:rsid w:val="008112FB"/>
     <w:rsid w:val="0081135E"/>
     <w:rsid w:val="0081324A"/>
@@ -8128,51 +8261,50 @@
     <w:rsid w:val="0099454E"/>
     <w:rsid w:val="009947E6"/>
     <w:rsid w:val="00994D42"/>
     <w:rsid w:val="009A2C7E"/>
     <w:rsid w:val="009A31F2"/>
     <w:rsid w:val="009A3C98"/>
     <w:rsid w:val="009A4954"/>
     <w:rsid w:val="009A5206"/>
     <w:rsid w:val="009A5A0E"/>
     <w:rsid w:val="009A7701"/>
     <w:rsid w:val="009A78D4"/>
     <w:rsid w:val="009A7E34"/>
     <w:rsid w:val="009B0A99"/>
     <w:rsid w:val="009B0FBD"/>
     <w:rsid w:val="009B1397"/>
     <w:rsid w:val="009B3540"/>
     <w:rsid w:val="009B3B6E"/>
     <w:rsid w:val="009B4D9A"/>
     <w:rsid w:val="009B4FC1"/>
     <w:rsid w:val="009B5311"/>
     <w:rsid w:val="009B637D"/>
     <w:rsid w:val="009B6BDB"/>
     <w:rsid w:val="009C016A"/>
     <w:rsid w:val="009C058E"/>
     <w:rsid w:val="009C27D3"/>
-    <w:rsid w:val="009C2FF0"/>
     <w:rsid w:val="009C33D1"/>
     <w:rsid w:val="009C76BC"/>
     <w:rsid w:val="009C7D83"/>
     <w:rsid w:val="009D01DD"/>
     <w:rsid w:val="009D11B3"/>
     <w:rsid w:val="009D1583"/>
     <w:rsid w:val="009D1D76"/>
     <w:rsid w:val="009D246B"/>
     <w:rsid w:val="009D4706"/>
     <w:rsid w:val="009D57AA"/>
     <w:rsid w:val="009D6452"/>
     <w:rsid w:val="009D7CC0"/>
     <w:rsid w:val="009E0460"/>
     <w:rsid w:val="009E1A8E"/>
     <w:rsid w:val="009E218A"/>
     <w:rsid w:val="009E2388"/>
     <w:rsid w:val="009E2EA2"/>
     <w:rsid w:val="009E51E9"/>
     <w:rsid w:val="009E6F06"/>
     <w:rsid w:val="009E7348"/>
     <w:rsid w:val="009E7837"/>
     <w:rsid w:val="009F1014"/>
     <w:rsid w:val="009F28C7"/>
     <w:rsid w:val="009F347C"/>
     <w:rsid w:val="009F7F58"/>
@@ -8244,51 +8376,50 @@
     <w:rsid w:val="00A7715C"/>
     <w:rsid w:val="00A778CE"/>
     <w:rsid w:val="00A82495"/>
     <w:rsid w:val="00A82DC0"/>
     <w:rsid w:val="00A84279"/>
     <w:rsid w:val="00A867FF"/>
     <w:rsid w:val="00A86EAD"/>
     <w:rsid w:val="00A87911"/>
     <w:rsid w:val="00A879ED"/>
     <w:rsid w:val="00A91763"/>
     <w:rsid w:val="00A93551"/>
     <w:rsid w:val="00A93E8D"/>
     <w:rsid w:val="00A94064"/>
     <w:rsid w:val="00A9594B"/>
     <w:rsid w:val="00A97EF3"/>
     <w:rsid w:val="00AA318A"/>
     <w:rsid w:val="00AA4835"/>
     <w:rsid w:val="00AA50EC"/>
     <w:rsid w:val="00AA5631"/>
     <w:rsid w:val="00AA5E90"/>
     <w:rsid w:val="00AA731D"/>
     <w:rsid w:val="00AB2D73"/>
     <w:rsid w:val="00AB36A1"/>
     <w:rsid w:val="00AB551D"/>
     <w:rsid w:val="00AB6643"/>
-    <w:rsid w:val="00AB758B"/>
     <w:rsid w:val="00AB7B11"/>
     <w:rsid w:val="00AC001C"/>
     <w:rsid w:val="00AC1D8C"/>
     <w:rsid w:val="00AC277F"/>
     <w:rsid w:val="00AC2C00"/>
     <w:rsid w:val="00AC36F2"/>
     <w:rsid w:val="00AC5476"/>
     <w:rsid w:val="00AC6A9B"/>
     <w:rsid w:val="00AC6C2C"/>
     <w:rsid w:val="00AC7F8F"/>
     <w:rsid w:val="00AD05F9"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD1B5F"/>
     <w:rsid w:val="00AD28F7"/>
     <w:rsid w:val="00AD2CD6"/>
     <w:rsid w:val="00AD2D43"/>
     <w:rsid w:val="00AD3168"/>
     <w:rsid w:val="00AD39EE"/>
     <w:rsid w:val="00AD4ACB"/>
     <w:rsid w:val="00AD519C"/>
     <w:rsid w:val="00AD5316"/>
     <w:rsid w:val="00AD57A8"/>
     <w:rsid w:val="00AD6262"/>
     <w:rsid w:val="00AE1158"/>
     <w:rsid w:val="00AE11FA"/>
@@ -8567,51 +8698,50 @@
     <w:rsid w:val="00CE156E"/>
     <w:rsid w:val="00CE2A66"/>
     <w:rsid w:val="00CE2BB8"/>
     <w:rsid w:val="00CE2DF7"/>
     <w:rsid w:val="00CE4C6C"/>
     <w:rsid w:val="00CF0758"/>
     <w:rsid w:val="00CF0B02"/>
     <w:rsid w:val="00CF2E16"/>
     <w:rsid w:val="00CF346F"/>
     <w:rsid w:val="00CF3C08"/>
     <w:rsid w:val="00CF412C"/>
     <w:rsid w:val="00CF58FE"/>
     <w:rsid w:val="00CF5E7C"/>
     <w:rsid w:val="00CF5F17"/>
     <w:rsid w:val="00CF6A86"/>
     <w:rsid w:val="00D00066"/>
     <w:rsid w:val="00D0206E"/>
     <w:rsid w:val="00D04112"/>
     <w:rsid w:val="00D049BD"/>
     <w:rsid w:val="00D0500D"/>
     <w:rsid w:val="00D05169"/>
     <w:rsid w:val="00D06633"/>
     <w:rsid w:val="00D06726"/>
     <w:rsid w:val="00D1038F"/>
     <w:rsid w:val="00D10CCF"/>
-    <w:rsid w:val="00D12E47"/>
     <w:rsid w:val="00D13148"/>
     <w:rsid w:val="00D13B54"/>
     <w:rsid w:val="00D146A9"/>
     <w:rsid w:val="00D14ECA"/>
     <w:rsid w:val="00D151F4"/>
     <w:rsid w:val="00D15798"/>
     <w:rsid w:val="00D17349"/>
     <w:rsid w:val="00D209CE"/>
     <w:rsid w:val="00D21666"/>
     <w:rsid w:val="00D22E4F"/>
     <w:rsid w:val="00D22F1E"/>
     <w:rsid w:val="00D2321D"/>
     <w:rsid w:val="00D2427A"/>
     <w:rsid w:val="00D25767"/>
     <w:rsid w:val="00D31D03"/>
     <w:rsid w:val="00D3295B"/>
     <w:rsid w:val="00D333B0"/>
     <w:rsid w:val="00D33449"/>
     <w:rsid w:val="00D345BA"/>
     <w:rsid w:val="00D35BC8"/>
     <w:rsid w:val="00D35C5B"/>
     <w:rsid w:val="00D3669C"/>
     <w:rsid w:val="00D37015"/>
     <w:rsid w:val="00D4252F"/>
     <w:rsid w:val="00D437EF"/>
@@ -8696,50 +8826,51 @@
     <w:rsid w:val="00DF0FB1"/>
     <w:rsid w:val="00DF2654"/>
     <w:rsid w:val="00DF313A"/>
     <w:rsid w:val="00DF39C3"/>
     <w:rsid w:val="00DF4F52"/>
     <w:rsid w:val="00DF572C"/>
     <w:rsid w:val="00DF5913"/>
     <w:rsid w:val="00DF5E6D"/>
     <w:rsid w:val="00DF63A7"/>
     <w:rsid w:val="00DF65E5"/>
     <w:rsid w:val="00DF6C9E"/>
     <w:rsid w:val="00DF7A16"/>
     <w:rsid w:val="00E009CB"/>
     <w:rsid w:val="00E00D3E"/>
     <w:rsid w:val="00E02606"/>
     <w:rsid w:val="00E02F92"/>
     <w:rsid w:val="00E0334E"/>
     <w:rsid w:val="00E03614"/>
     <w:rsid w:val="00E03D2A"/>
     <w:rsid w:val="00E04C50"/>
     <w:rsid w:val="00E05305"/>
     <w:rsid w:val="00E05CB2"/>
     <w:rsid w:val="00E06A21"/>
     <w:rsid w:val="00E06A34"/>
     <w:rsid w:val="00E06BFB"/>
+    <w:rsid w:val="00E10929"/>
     <w:rsid w:val="00E123E3"/>
     <w:rsid w:val="00E128A4"/>
     <w:rsid w:val="00E131B3"/>
     <w:rsid w:val="00E13A68"/>
     <w:rsid w:val="00E13E43"/>
     <w:rsid w:val="00E15B43"/>
     <w:rsid w:val="00E20314"/>
     <w:rsid w:val="00E20745"/>
     <w:rsid w:val="00E21AD9"/>
     <w:rsid w:val="00E226C0"/>
     <w:rsid w:val="00E2304F"/>
     <w:rsid w:val="00E2333A"/>
     <w:rsid w:val="00E24DBF"/>
     <w:rsid w:val="00E26215"/>
     <w:rsid w:val="00E262FF"/>
     <w:rsid w:val="00E27827"/>
     <w:rsid w:val="00E301B4"/>
     <w:rsid w:val="00E316D8"/>
     <w:rsid w:val="00E329BC"/>
     <w:rsid w:val="00E32BEA"/>
     <w:rsid w:val="00E32E84"/>
     <w:rsid w:val="00E33249"/>
     <w:rsid w:val="00E33E6A"/>
     <w:rsid w:val="00E35BAD"/>
     <w:rsid w:val="00E37D35"/>
@@ -30882,50 +31013,62 @@
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="003C01DA"/>
     <w:pPr>
       <w:framePr w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:spacing w:after="250" w:line="250" w:lineRule="exact"/>
       <w:ind w:right="-397"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="FF0000"/>
       <w:spacing w:val="-3"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderSLAnchor">
     <w:name w:val="Header SL Anchor"/>
     <w:basedOn w:val="NoSpacing"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B23E6E"/>
     <w:pPr>
       <w:spacing w:after="60"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E10929"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="292101018">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="338392742">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -30974,51 +31117,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2045591460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IPpolicy@dgs.vic.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IPpolicy@dgs.vic.gov.au" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buyingfor.vic.gov.au/supplier-code-conduct" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\ProgramData\MWC\MWC%20Office%202016%20Templates\MW%20CD%20Template%20One%20Page.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Melbourne Water">
   <a:themeElements>
     <a:clrScheme name="Melbourne Water">
       <a:dk1>
         <a:srgbClr val="231F20"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -31299,65 +31442,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...13 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E7B622B569467409CB1489BC06F3DE6" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="20bc58c7b82f8a24e813d7de6310a172">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6ca62b44-97a0-48b7-9dd9-9cdffa8a8f81" xmlns:ns3="7c973b4e-d0b9-48a3-b2bb-7cfc237aaf85" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3d2429f893cdab003439b854e2ede4d" ns2:_="" ns3:_="">
     <xsd:import namespace="6ca62b44-97a0-48b7-9dd9-9cdffa8a8f81"/>
     <xsd:import namespace="7c973b4e-d0b9-48a3-b2bb-7cfc237aaf85"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -31542,126 +31670,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6ca62b44-97a0-48b7-9dd9-9cdffa8a8f81">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="7c973b4e-d0b9-48a3-b2bb-7cfc237aaf85" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD15F55B-C6C6-441E-AEAC-1B95FB45BFD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37400A9F-3AC4-4022-9D7A-DBC81EF9E07C}">
-[...17 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45A8CFA7-BF7A-4BEE-AF68-42283E7BAD53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6ca62b44-97a0-48b7-9dd9-9cdffa8a8f81"/>
     <ds:schemaRef ds:uri="7c973b4e-d0b9-48a3-b2bb-7cfc237aaf85"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E0E14F2-E1F8-4866-AE40-77774830A225}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6ca62b44-97a0-48b7-9dd9-9cdffa8a8f81"/>
+    <ds:schemaRef ds:uri="7c973b4e-d0b9-48a3-b2bb-7cfc237aaf85"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37400A9F-3AC4-4022-9D7A-DBC81EF9E07C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>MW CD Template One Page.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>962</Words>
-  <Characters>5487</Characters>
+  <Words>963</Words>
+  <Characters>5702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Title Text</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6437</CharactersWithSpaces>
+  <CharactersWithSpaces>6652</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Melbourne Water Supplier Code of Conduct</dc:title>
   <dc:subject/>
   <dc:creator>Fiona</dc:creator>
   <cp:keywords>Controlled template with cover page</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Form</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DocID">